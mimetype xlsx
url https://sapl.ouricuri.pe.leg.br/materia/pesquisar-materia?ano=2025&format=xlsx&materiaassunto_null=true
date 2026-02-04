--- v0 (2025-10-19)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1146" uniqueCount="528">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1617" uniqueCount="745">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -117,65 +117,125 @@
   <si>
     <t>105</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/105/projeto_de_lei_09-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a restruturação dos cargos em comissão da Câmara Municipal de Ouricuri-PE.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_0112022.pdf</t>
   </si>
   <si>
     <t>Dá denominação á praça Maria do Socorro Lima dos Santos (Dona Socorro) e dá outras providências.</t>
   </si>
   <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>ROGERIO DA ALDEIA</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/418/projeto_de_lei_017_legislativo_rogerio_da_aldeia.pdf</t>
+  </si>
+  <si>
+    <t>RECONHECE COMO EVENTO CULTURAL DE RELEVANTE INTERESSE PÚBLICO A "SERENATA LÁ DE BAIXO", REALIZADA ANUALMENTE NO DIA 19 DE JANEIRO NA PRAÇA GOVERNADOR MUNIZ FALCÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>113</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>DELVANIA SOBRAL</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_18-2023.pdf</t>
   </si>
   <si>
     <t>Institui a campanha municipal de doação de cabelo a pessoas carentes em tratamento de câncer.</t>
   </si>
   <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>CEZAR DE PRETO</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/402/projeto_de_lei_018_legislativo_cezar_de_preto_votada_e_aprovada_dia_11-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>DÁ DENOMINAÇÃO O PATIO DE EVENTOS DE OURICURI-PE "PÁTIO DE EVENTOS FRANCISCO MUNIZ COELHO (CHICO COÊLHO)" E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>FRANCISCO AIRAN DA S. SEVERO</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_020_legislativo_iran_severo__votado_e_aprovado_dia_18-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>Declara e Reconhece de Utilidade Pública a ASSOCIAÇÃO DOS MORADORES E PRODUTORES RURAIS DO SÍTIO DOURADO E SÍTIOS VIZINHOS e dá outras providências.</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Prefeitura Municipal de Ouricuri - PMO</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_de_lei_n_28_votado_e_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>Disciplina a coleta pública seletiva do Município de Ouricuri-PE, dispõe sobre o plano de gerenciamento de resíduos sólidos dos geradores de resíduos localizados no Município de Ouricuri- PE e dá outras providências.</t>
+  </si>
+  <si>
     <t>101</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_1-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe do reajuste do salário mínimo no âmbito do munícipio de Ouricuri.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o poder executivo municipal a doar peixes as famílias carentes do município.</t>
@@ -300,389 +360,510 @@
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/354/projeto_de_lei_15-2025.pdf</t>
   </si>
   <si>
     <t>Cria obrigação acessória para as instituições financeiras do município de Ouricuri-PE.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_16_executivo.pdf</t>
   </si>
   <si>
     <t>Regulamenta, no município de Ouricuri, Estado de Pernambuco a nova metodologia de confiadeciamento federal do piso de de atenção primária à saúde  (SUS). que autoriza o pagamento da gratificação por desempenho do componente de qualidade na atenção primária à saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/356/projeto_de_lei_17_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a politíca pública de assitência social e atualiza o sistema único de  assitencia social do munícipio de Ouricuri.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_18_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regionalização das licitações públicas no âmbito do  município de Ouricuri.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_020_do_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_n_23_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a reestruturação do Conselho Municipal da Juventude - COMJUV, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_lei_n_24_executivo_votado_e_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Bolsa Estágio, denominado "AGENTE DA CIDADE", autoriza o Poder Executivo a conceder estágio remunerado para estudantes matriculados no  ensino médio, ensino técnico profissionalizante e superior e dá outras providências.</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_27_aprovado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o parcelamento reparcelamento de débitos do Município de Ouricuri para com o seu Regime Próprio de Previdência Social - RPPS, em tudo observado o disposto nos arts. 115 e 117 do Ato das Disposições Constitucionais Transitórias - ADCT, com a redação dada pela Emenda Constitucional Federal nº 136, de 9 de setembro de 2025.</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_029-2025_votado_e_aprovado..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a regulamentação do uso e distribuição de sacolas plásticas no Município de Ouricuri - PE, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/403/projeto_de_lei_030_executivo_votado_e_aprovado_dia_11-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>Ementa: Dispõe sobre a criação do Conselho Municipal de Promoção da Igualdade Racial - COMPIR, institui o Fundo Municipal de Promoção da Igualdade Racial - FUMPPIR, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_lei_31_executivo_votado_e_aprovado_dia_04-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>Ementa: Institui a nova Política Municipal dos Direitos da Criança e do Adolescente, atualiza o Conselho Municipal dos Direitos da Criança e do_x000D_
+Adolescente (CMDCA), suas Comissões Permanentes e o Fundo Municipal dos Direitos da Criança e do Adolescente (FMDCA) do Município de Ouricuri - PE, revoga as disposições em contrário e dá outras providências.</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/404/projeto_de_lei_032_executivo_votado_e_aprovado_dia_11-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implementação da Escuta Especializada e a criação do Comitê de Gestão Colegiada da Rede de Cuidado e de Proteção Social de Crianças e Adolescentes vítimas ou testemunhas de violência no Município de OURICURI-PE, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/405/projeto_de_lei_033_do_executivo_votado_e_aprovado_dia_11-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instituição do Serviço Municipal de Acolhimento Familiar no Município de Ouricuri - PE, e dá outras providências.</t>
+  </si>
+  <si>
     <t>95</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_resolucao_01-2025.pdf</t>
   </si>
   <si>
     <t>DESIGNA AS COMISSÕES LEGISLATIVAS PARA O EXERCÍCIO DE 2025.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_resolucao_02-2025.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A UTILIZAÇÃO DOS ESPAÇOS DO PLENÁRIO DA CÂMARA DE VEREADORES POR TERCEIROS E DÁ OUTRAS PROCEDIMENTOS.</t>
   </si>
   <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>PD</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto</t>
+  </si>
+  <si>
+    <t>WILLIANNE MATOS BARRETO ALENCAR</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/436/decreto_legislativo_01-2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede o título de cidadão Ouricuriense à senhora Iza Conserva Rolim e dá outras providências.</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/437/decreto_legislativo_02-2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede o título de cidadão Ouricuriense ao Sr. Bruno Paixão Fernandes e dá outras providências.</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/438/decreto_legislativo_03-2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede o título de cidadão Ouricuriense ao Sr. Marcelo Marques Simão Cavalcanti e dá outras providências.</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/439/decreto_legislativo_04-2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede o título de cidadão Ouricuriense ao Sr. Marcondes Melo da Silva e dá outras providências.</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>ALEX BAR</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/440/decreto_legislativo_05-2025_alex_bar.pdf</t>
+  </si>
+  <si>
+    <t>Concede o título de cidadão Ouricuriense a Sr. Glauber Cruz e Silva.</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/441/decreto_legislativo_06-2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede o título de cidadão Ouricuriense ao senhor José Alberto Lopes Maciel Junior.</t>
+  </si>
+  <si>
     <t>81</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ADELUCIA CLEA F. DELMONDES</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_01-2025.pdf</t>
   </si>
   <si>
     <t>Fazer a doação de kits escolares e fardamentos para alunos da rede pública.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_2-2025.pdf</t>
   </si>
   <si>
     <t>Fazer a licitação do programa aração de terra para os agricultores do nosso município.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>CEZAR DE PRETO</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_3-2025.pdf</t>
   </si>
   <si>
     <t>Recuperação das estradas do tamboril - Ouricuri/PE.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_04-2025.pdf</t>
   </si>
   <si>
     <t>Recuperação das estradas do povoado do Lopes - Ouricuri/PE.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_5-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de duas casas de apoio, uma em Ouricuri e outra casa de apoio em Petrolina/PE.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_06-2025.pdf</t>
   </si>
   <si>
     <t>Implantação de uma casa do idoso em Ouricuri/PE.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>FRANCISCO AIRAN DA S. SEVERO</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao_07-2025.pdf</t>
   </si>
   <si>
     <t>Extensão da UBS (Unidade Básica de Saúde) do Sítio Novo - Ouricuri/PE.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>WILLIANNE MATOS BARRETO ALENCAR</t>
-[...1 lines deleted...]
-  <si>
     <t>Indica a mesa diretora que sejam desmembradas as secretarias de esportes e cultura da secretaria de educação.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_10-2025.pdf</t>
   </si>
   <si>
     <t>Construção de uma (01) quadra poliesportiva no bairro Nossa Senhora de Fátima - Ouricuri/PE.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>NEGÃO DA BARRA</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_11-2025.pdf</t>
   </si>
   <si>
     <t>Asfaltar a Avenida Antônio Matias na Barra de São Pedro - Ouricuri/PE.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_12-2025.pdf</t>
   </si>
   <si>
     <t>Fazer a reforma do açougue da Barra de São Pedro e construção do matadouro.</t>
   </si>
   <si>
     <t>91</t>
-  </si>
-[...1 lines deleted...]
-    <t>ROGERIO DA ALDEIA</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_13-2025.pdf</t>
   </si>
   <si>
     <t>Uma ambulância para o povoado Jatobá.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_14-2025.pdf</t>
   </si>
   <si>
     <t>Adquirir uma patrulha mecanizada para atender a todos nas melhorias das estradas vicinais.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_15-2025.pdf</t>
   </si>
   <si>
     <t>Realização dos campeonatos:_x000D_
 -1ª Divisão;_x000D_
 -2ª Divisão;_x000D_
 -Veteranos;_x000D_
 -Campeonato da zona rural;_x000D_
 -Sub 10, sub 13 e sub 15;_x000D_
 -Artes Marciais;_x000D_
 -Campeonato de vôlei;_x000D_
 -Atletismo</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>ALEX BAR</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_16-2025.pdf</t>
   </si>
   <si>
     <t>Criação e manutenção da Secretaria Municipal de Esporte</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_22-2025.pdf</t>
   </si>
   <si>
     <t>A criação da secretaria de crianças atípicas e neurodivergentes.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>HÍCARO FRAZÃO</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_25-2025.pdf</t>
   </si>
   <si>
     <t>Realização da reforma da praça Baixo, situada no bairro nossa senhora de Fátima.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_26-2025.pdf</t>
   </si>
   <si>
     <t>Reforma e reparos na escola Teodoro Félix.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>27</t>
-[...1 lines deleted...]
-  <si>
     <t>MARCINHO NOVA VIDA</t>
   </si>
   <si>
     <t>Iluminação e piçarramento do açude da nação (Trecho que compreende o açude da nação até a capela de São Braz).</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>28</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_28-2025.pdf</t>
   </si>
   <si>
     <t>Concerto das estradas do Jatobá, Morcego até chegar ao Angico.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>29</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_29-2025.pdf</t>
   </si>
   <si>
     <t>Fazer a sinalização horizontal e vertical do Centro da Cidade.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_30-2025.pdf</t>
   </si>
   <si>
     <t>Construir a praça da entrada do povoado do Jacaré.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>31</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_31-2025.pdf</t>
   </si>
   <si>
     <t>Reformar as cercas da barragem do povoado Extrema.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>32</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_32-2025.pdf</t>
   </si>
   <si>
     <t>Refazer o muro do Ginásio.</t>
   </si>
   <si>
     <t>130</t>
-  </si>
-[...1 lines deleted...]
-    <t>33</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_33-2025.pdf</t>
   </si>
   <si>
     <t>Arborizar as praças da rua do comercio e colocar bancos nas Vila Barra de São Pedro.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_34-2025.pdf</t>
   </si>
   <si>
     <t>Criação do centro da mulher.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>35</t>
   </si>
@@ -1603,50 +1784,527 @@
     <t>377</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_146-2025.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DAS ESTRADAS DOS SÍTIOS BOA VISTA, RIACHO NOVO, PITOMBEIRA E TRAVESSÃO.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_147-2025.pdf</t>
   </si>
   <si>
     <t>FAZER A PRAÇA DA AVENIDA MANOEL IRINEU DE ARAÚJO (BIGODÃO). OURICURI-PE.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_148-2025.pdf</t>
   </si>
   <si>
     <t>Indica a reforma dos banheiros da Avenida Manoel Irineu de Araújo (em frente às Lojas Americanas) e do banheiro do Açougue Público Municipal, bem como a construção de novos banheiros em locais com maior fluxo de pessoas.</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_149-2025.pdf</t>
+  </si>
+  <si>
+    <t>CONCLUSÃO DA REFORMA DA PRAÇA DA RUA PADRE CÍCERO NO BAIRRO NOSSA SENHORA DO CARMO.</t>
+  </si>
+  <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_153-2025.pdf</t>
+  </si>
+  <si>
+    <t>RECUPERAÇÃO DA ESTRADA DO SÍTIO SÃO BENTO E DAS ESTRADAS VICINAIS.</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_154-2025.pdf</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE REDUTORES DE VELOCIDADES (LOMBADAS) NA AVENIDA SÃO SEBASTIÃO, QUE INTERLIGA COM A RUA HONORATO MARINHO NO CENTRO DA CIDADE.</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_156.pdf</t>
+  </si>
+  <si>
+    <t>CONCLUSÃO E FUNCIONAMENTO DA CRECHE DO BAIRRO SANTA MARIA. OURICURI-PE.</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_157.pdf</t>
+  </si>
+  <si>
+    <t>FAZER A TERRAPLANAGEM PARA REGULARIZAÇÃO DAS RUAS DOS BAIRROS SANTA MARIA I E II E DEMARCAÇÃO COM MEIOS FIOS PARA RECEBER A PAVIMENTAÇÃO.</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_160.pdf</t>
+  </si>
+  <si>
+    <t>REQUALIFICAÇÃO E EXTENSÃO DE REDES DE ILUMINAÇÃO PÚBLICA PÚBLICA (POSTEAÇÃO) NOS BAIRROS SANTA MARIA I E SANTA MARIA II (BAIRRO_x000D_
+FELIPE COELHO).</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_161.pdf</t>
+  </si>
+  <si>
+    <t>EXTENSÃO DE SANEAMENTO BÁSICO DAS RUAS DO BAIRRO SANTA MARIA I E II.</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_174.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UMA CRECHE NO BAIRRO SANTA MARIA, OURICURI/PE.</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_177.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa diretora, ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhada uma Indicação ao Exmo. Sr. Francisco Victor_x000D_
+Ramos Coelho, Prefeito do Município de Ouricuri/PE, que seja feita a extensão da adutora do Sítio Saco do Minador, até o Sítio Lagoa Comprida e Sítio Julião.</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_178.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa diretora, ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhada uma Indicação ao Exmo. Sr. Francisco Victor_x000D_
+Ramos Coelho, Prefeito do Município de Ouricuri/PE, que determine ao setor competente a adoção de medidas voltadas para a regulamentação e fiscalização quanto ao uso de veículos com placas vermelhas no município de Ouricuri.</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_186.pdf</t>
+  </si>
+  <si>
+    <t>REFORMA E LIMPEZA DA BARRAGEM DA CHAPADA DOS SEVEROS OURICURI-PE.</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_187.pdf</t>
+  </si>
+  <si>
+    <t>REFORMA E LIMPEZA DA BARRAGEM DO LIMOEIRO (AÇUDE VELHO DO LIMOEIRO) OURICURI-PE.</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_188.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE ARMAS DE FOGO CALIBRE 12(DOZE) PARA A GUARDA MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_189-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa diretora, ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhada uma Indicação ao Exmo. Sr. Francisco Victor_x000D_
+Ramos Coelho, Prefeito do Município de Ouricuri/PE, que seja feita a reforma e ampliação do espaço onde funciona a Feira do Gado de Ouricuri, melhorando a estrutura física do local.</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_190-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indico a mesa diretora, ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhada uma Indicação ao Exmo. Sr. Francisco Victor_x000D_
+Ramos Coelho, Prefeito do Município de Ouricuri/PE, que seja feita a reforma e ampliação da Esc. Mul. Maria das Graças, que fica localizada no Bairro Nsa. Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/416/indicacao_191-2025.pdf</t>
+  </si>
+  <si>
+    <t>COLOCAR AR CONDICIONADO NA ESCOLA MUNICIPAL MANOEL DELMONDES DE ARAÚJO NO POVOADO DO VIDÉU.</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/417/indicacao_192-2025.pdf</t>
+  </si>
+  <si>
+    <t>COLOCAR AR CONDICIONADO NA ESCOLA MUNICIPAL Dr. ULISSES GUIMARÃES NO POVOADO DO CARA BRANCA.</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_193.pdf</t>
+  </si>
+  <si>
+    <t>QUE O MUNICÍPIO FAÇA PARCERIA COM O INSTITUTO MEDIANEIRAS DA PAZ, PARA QUE SEJA REALIZADAS CIRURGIAS ELETIVAS.</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_194.pdf</t>
+  </si>
+  <si>
+    <t>QUE O GESTOR MUNICIPAL CONTINUE O PROGRAMA REURB NOS BAIRROS E QUE SE INICIE NOS POVOADOS.</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_195.pdf</t>
+  </si>
+  <si>
+    <t>PAVIMENTAR A RUA ANTONIO VALDECI DE AQUINO NO BAIRRO SANTO ANTONIO.</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_196.pdf</t>
+  </si>
+  <si>
+    <t>RECUPERAR A ILUMINAÇÃO QUE DÁ ACESSO AO BAIRRO SÃO SEBASTIÃO (CASINHAS).</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/410/indicacao_197.pdf</t>
+  </si>
+  <si>
+    <t>RECUPERAÇÃO DA ESTRADA QUE LIGA A ESTACA, TIGRE, PAU D'ARCO ATÉ O VALDINO NO ASSENTAMENTO JOSUÉ DE CASTRO.</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/411/indicacao_198.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO FAÇA PARCERIAS COM CLÍNICAS PARTICULARES DE OFTALMOLOGIA PARA ATENDER A DEMANDA DE EXAMES DE VISTA NO MUNICÍPIO DE OURICURI-PE.</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_199-2025.pdf</t>
+  </si>
+  <si>
+    <t>IMPLANTAÇÃO DE UM CONSULTORIO OFTALMOLÓGICO MUNICIPAL DE OURICURI-PE.</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_200-2025.pdf</t>
+  </si>
+  <si>
+    <t>ASFALTAR A RUA PARAÍSO NO BAIRRO NOSSA SENHORA DO CARMO.</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao_202-2025.pdf</t>
+  </si>
+  <si>
+    <t>REFORMA, AMPLIAÇÃO E AQUISIÇÃO DE EQUIPAMENTOS PARA A POLICLÍNICA HELENA BARRETO ALENCAR - OURICURI/PE</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_203-2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUIR UMA PASSAGEM DE PEDESTRE ELEVADA INTERLIGANDO A RUA FELIPE COÊLHO À RUA SÃO PAULO NA BARRA DE SÃO PEDRO.</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_205.pdf</t>
+  </si>
+  <si>
+    <t>FAZER A LIMPEZA DA BARRAGEM DO POVOADO EXTREMA - OURICURI/PE.</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_206.pdf</t>
+  </si>
+  <si>
+    <t>FAZER A LIMPEZA DAS BARRAGENS DO SÍTIO BARREIRO E DO SÍTIO LAGINHAS - OURICURI/PE.</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao_207-2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UMA USF (UNIDADE DE SAÚDE DA FAMILIA) NA AGROVILA NOVA ESPERANÇA.</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao_208-2025.pdf</t>
+  </si>
+  <si>
+    <t>CONCLUSÃO DA REFORMA DO COLÉGIO DA AGROVILA NOVA ESPERANÇA.</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao_209-2025.pdf</t>
+  </si>
+  <si>
+    <t>FAZER A PODA DAS ÁRVORES E A TROCA DAS LÂMPADAS DO POVOADO JACARÉ, COLOCAR LÂMPADAS DE LED.</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_210.pdf</t>
+  </si>
+  <si>
+    <t>FAZER O SANEAMENTO E PAVIMENTAÇÃO DAS RUAS MARCELINO MEDEIROS, TRAVESSA SÃO LUCAS, RUA SÃO MARCOS, RUA MARIA DO SOCORRO_x000D_
+AQUINO NO BAIRRO NOSSA SENHORA DO CARMO E RUAS TRAVESSA CAPIM GROSSO E TRAVESSA SÃO LUCAS NO BAIRRO SANTA MARIA.</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_211-2025.pdf</t>
+  </si>
+  <si>
+    <t>MANUTENÇÃO DOS AR CONDICIONADOS DA ESCOLA MUNICIPAL MARIA GORETE.</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_212-2025.pdf</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE CADEIRAS DE RODAS PARA AS ESCOLAS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_213-2025.pdf</t>
+  </si>
+  <si>
+    <t>FAZER MULTIRÃO DE EXAMES DE USG, EXAME DE MAMA E EXAME TRANSVAGINAL.</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_214-2025.pdf</t>
+  </si>
+  <si>
+    <t>CRIAÇÃO DO PROGRAMA SAÚDE BUCAL NAS ESCOLAS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/398/indicacao_221.pdf</t>
+  </si>
+  <si>
+    <t>RECUPERAÇÃO DA ESTRADA DO SÍTIO ALTO DA AROEIRA.</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_223.pdf</t>
+  </si>
+  <si>
+    <t>CONSTRUÇÃO DE UMA POLICLINICA EM OURICURI.</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_224.pdf</t>
+  </si>
+  <si>
+    <t>RECUPERAÇÃO DA ESTRADA DO SÍTIO QUEIMADA ATÉ O SÍTIO NOVO.</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>EPLE</t>
+  </si>
+  <si>
+    <t>Emenda ao Projeto de Lei do Executivo</t>
+  </si>
+  <si>
+    <t>https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/413/emenda_aditiva_ao_pl_031-2025_aprovada_dia_04-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>APRESENTA EMENDA AO PROJETO DE LEI N. 031/2025 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1950,68 +2608,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_1-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_04-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_lei_05-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_06-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/105/projeto_de_lei_09-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_0112022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_18-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_1-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_4-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_lei_5-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_6-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_07-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_lei_08-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_9-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_10-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/109/projeto_de_lei_12-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/359/projeto_de_lei_13_executivo_com_parecer.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_14-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/354/projeto_de_lei_15-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_16_executivo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/356/projeto_de_lei_17_executivo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_18_executivo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_020_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_2-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_3-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_5-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao_07-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_12-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_13-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_16-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_22-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_25-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_26-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_28-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_29-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_30-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_31-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_32-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_33-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_34-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_35-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_36-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_37-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_38-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_39-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_41-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_42-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_43-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_45-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_46-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_47-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_49-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_51-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_52-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_53-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_54-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_55-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_56-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_57-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_58-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_59-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_62-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_63-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_64-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_66-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_67-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_68-57.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_69-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_70-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_71-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_72-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_73-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_85-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_87-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_88-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_90-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_93-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_94-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_95-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_96-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_97-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_99-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_100-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_103-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/330/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/331/indicacao_107-025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/332/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/333/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/334/indicacao_110-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/335/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_112-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/337/indicacao_113-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/338/indicacao_114-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_115-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_116-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/341/indicacao_117-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_118-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_119-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_120-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_121-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_122-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_123-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_124-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_126-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_127-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_128-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_129-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_130-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_131-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/363/indicacao_132-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_133-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/365/indicacao_134-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_135-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_136-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_137-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_137-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_139-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_141-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_142-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_143-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_144-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_145-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_146-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_147-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_148-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/100/projeto_de_lei_1-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/99/projeto_de_lei_04-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/98/projeto_de_lei_05-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/97/projeto_de_lei_06-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/105/projeto_de_lei_09-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_0112022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/418/projeto_de_lei_017_legislativo_rogerio_da_aldeia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/113/projeto_de_lei_18-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/402/projeto_de_lei_018_legislativo_cezar_de_preto_votada_e_aprovada_dia_11-11-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/401/projeto_de_lei_020_legislativo_iran_severo__votado_e_aprovado_dia_18-11-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/423/projeto_de_lei_n_28_votado_e_aprovado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/101/projeto_de_lei_1-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_4-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/104/projeto_de_lei_5-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/111/projeto_de_lei_6-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/110/projeto_de_lei_07-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_lei_08-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_9-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/107/projeto_de_lei_10-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/109/projeto_de_lei_12-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/359/projeto_de_lei_13_executivo_com_parecer.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/112/projeto_de_lei_14-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/354/projeto_de_lei_15-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_16_executivo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/356/projeto_de_lei_17_executivo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_18_executivo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_020_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/421/projeto_de_lei_n_23_aprovado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_lei_n_24_executivo_votado_e_aprovado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/419/projeto_de_lei_27_aprovado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/420/projeto_de_lei_029-2025_votado_e_aprovado..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/403/projeto_de_lei_030_executivo_votado_e_aprovado_dia_11-11-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_lei_31_executivo_votado_e_aprovado_dia_04-11-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/404/projeto_de_lei_032_executivo_votado_e_aprovado_dia_11-11-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/405/projeto_de_lei_033_do_executivo_votado_e_aprovado_dia_11-11-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/436/decreto_legislativo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/437/decreto_legislativo_02-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/438/decreto_legislativo_03-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/439/decreto_legislativo_04-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/440/decreto_legislativo_05-2025_alex_bar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/441/decreto_legislativo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_2-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_3-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_5-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao_07-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_12-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_13-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/94/indicacao_16-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_22-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_25-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_26-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_28-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_29-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_30-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_31-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_32-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_33-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_34-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_35-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_36-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_37-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_38-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/136/indicacao_39-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/137/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/138/indicacao_41-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/139/indicacao_42-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/140/indicacao_43-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_45-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_46-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_47-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_49-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_51-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_52-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_53-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_54-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_55-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_56-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_57-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_58-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_59-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_62-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_63-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_64-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_66-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/161/indicacao_67-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_68-57.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/163/indicacao_69-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/164/indicacao_70-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_71-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_72-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_73-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_85-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_87-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_88-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_90-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_93-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_94-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_95-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/170/indicacao_96-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_97-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_99-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/173/indicacao_100-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_103-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_104-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_105-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/330/indicacao_106-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/331/indicacao_107-025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/332/indicacao_108-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/333/indicacao_109-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/334/indicacao_110-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/335/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/336/indicacao_112-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/337/indicacao_113-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/338/indicacao_114-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/339/indicacao_115-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/340/indicacao_116-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/341/indicacao_117-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_118-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_119-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_120-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_121-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_122-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_123-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_124-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_126-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/351/indicacao_127-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/352/indicacao_128-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_129-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_130-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_131-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/363/indicacao_132-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/364/indicacao_133-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/365/indicacao_134-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/366/indicacao_135-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_136-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_137-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao_137-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_139-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/371/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_141-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_142-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_143-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_144-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_145-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_146-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_147-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_148-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/380/indicacao_149-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/381/indicacao_153-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/382/indicacao_154-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_156.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_157.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_160.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_161.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_174.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_177.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_178.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_186.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_187.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_188.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_189-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_190-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/416/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/417/indicacao_192-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_193.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_194.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_195.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_196.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/410/indicacao_197.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/411/indicacao_198.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/383/indicacao_199-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_200-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao_202-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_203-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_205.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_206.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao_207-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao_208-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao_209-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_210.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_211-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_212-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_213-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_214-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/398/indicacao_221.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_223.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_224.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ouricuri.pe.leg.br/media/sapl/public/materialegislativa/2025/413/emenda_aditiva_ao_pl_031-2025_aprovada_dia_04-11-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H148"/>
+  <dimension ref="A1:H207"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="112.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="35.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="148.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2169,3584 +2827,5115 @@
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="H8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>42</v>
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>47</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>42</v>
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D12" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>42</v>
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>57</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H12" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E13" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="H14" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>16</v>
+      </c>
+      <c r="D15" t="s">
+        <v>61</v>
+      </c>
+      <c r="E15" t="s">
         <v>62</v>
       </c>
-      <c r="B15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="H16" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="H17" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="H18" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="H19" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="H20" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="D21" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="H21" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E22" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
       <c r="H22" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D23" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E23" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="H23" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D24" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E24" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="H24" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>36</v>
+        <v>104</v>
       </c>
       <c r="D25" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E25" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="H25" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D26" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="E26" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="H26" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>10</v>
+        <v>112</v>
       </c>
       <c r="D27" t="s">
-        <v>107</v>
+        <v>61</v>
       </c>
       <c r="E27" t="s">
-        <v>108</v>
+        <v>62</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H27" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="D28" t="s">
-        <v>107</v>
+        <v>61</v>
       </c>
       <c r="E28" t="s">
-        <v>108</v>
+        <v>62</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="H28" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D29" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="E29" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="H29" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>121</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>112</v>
+        <v>51</v>
       </c>
       <c r="D30" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="E30" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>122</v>
       </c>
       <c r="H30" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>124</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>46</v>
+        <v>125</v>
       </c>
       <c r="D31" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="E31" t="s">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="F31" t="s">
-        <v>125</v>
+        <v>57</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>126</v>
       </c>
       <c r="H31" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>128</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>16</v>
+        <v>129</v>
       </c>
       <c r="D32" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="E32" t="s">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="F32" t="s">
-        <v>125</v>
+        <v>57</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>20</v>
+        <v>133</v>
       </c>
       <c r="D33" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="E33" t="s">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="F33" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H33" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="D34" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="E34" t="s">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="F34" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="H34" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>59</v>
+        <v>141</v>
       </c>
       <c r="D35" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="E35" t="s">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="F35" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="H35" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>63</v>
+        <v>145</v>
       </c>
       <c r="D36" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="E36" t="s">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="F36" t="s">
-        <v>142</v>
+        <v>57</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>47</v>
+        <v>146</v>
       </c>
       <c r="H36" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>70</v>
+        <v>149</v>
       </c>
       <c r="D37" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="E37" t="s">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="F37" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H37" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>32</v>
+        <v>153</v>
       </c>
       <c r="D38" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="E38" t="s">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="F38" t="s">
-        <v>148</v>
+        <v>57</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="H38" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>76</v>
+        <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>116</v>
+        <v>157</v>
       </c>
       <c r="E39" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="H39" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="D40" t="s">
-        <v>116</v>
+        <v>157</v>
       </c>
       <c r="E40" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="H40" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>116</v>
+        <v>166</v>
       </c>
       <c r="E41" t="s">
-        <v>117</v>
+        <v>167</v>
       </c>
       <c r="F41" t="s">
-        <v>118</v>
+        <v>168</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="H41" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>88</v>
+        <v>162</v>
       </c>
       <c r="D42" t="s">
-        <v>116</v>
+        <v>166</v>
       </c>
       <c r="E42" t="s">
-        <v>117</v>
+        <v>167</v>
       </c>
       <c r="F42" t="s">
-        <v>118</v>
+        <v>168</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="H42" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="D43" t="s">
-        <v>116</v>
+        <v>166</v>
       </c>
       <c r="E43" t="s">
-        <v>117</v>
+        <v>167</v>
       </c>
       <c r="F43" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="H43" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>177</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>16</v>
+      </c>
+      <c r="D44" t="s">
+        <v>166</v>
+      </c>
+      <c r="E44" t="s">
+        <v>167</v>
+      </c>
+      <c r="F44" t="s">
         <v>168</v>
       </c>
-      <c r="B44" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G44" s="1" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="H44" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>173</v>
+        <v>20</v>
       </c>
       <c r="D45" t="s">
-        <v>116</v>
+        <v>166</v>
       </c>
       <c r="E45" t="s">
-        <v>117</v>
+        <v>167</v>
       </c>
       <c r="F45" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="H45" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="D46" t="s">
-        <v>116</v>
+        <v>166</v>
       </c>
       <c r="E46" t="s">
-        <v>117</v>
+        <v>167</v>
       </c>
       <c r="F46" t="s">
-        <v>174</v>
+        <v>42</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="H46" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>182</v>
+        <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E47" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F47" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>47</v>
+        <v>191</v>
       </c>
       <c r="H47" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>186</v>
+        <v>162</v>
       </c>
       <c r="D48" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E48" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F48" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="H48" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>190</v>
+        <v>66</v>
       </c>
       <c r="D49" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E49" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F49" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="H49" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>194</v>
+        <v>16</v>
       </c>
       <c r="D50" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E50" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F50" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H50" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>198</v>
+        <v>20</v>
       </c>
       <c r="D51" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E51" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F51" t="s">
-        <v>138</v>
+        <v>42</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="H51" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>202</v>
+        <v>24</v>
       </c>
       <c r="D52" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E52" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F52" t="s">
-        <v>148</v>
+        <v>42</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="H52" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>206</v>
+        <v>79</v>
       </c>
       <c r="D53" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E53" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F53" t="s">
-        <v>148</v>
+        <v>52</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H53" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>210</v>
+        <v>83</v>
       </c>
       <c r="D54" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E54" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F54" t="s">
-        <v>118</v>
+        <v>168</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>211</v>
+        <v>67</v>
       </c>
       <c r="H54" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>213</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
+        <v>90</v>
+      </c>
+      <c r="D55" t="s">
+        <v>188</v>
+      </c>
+      <c r="E55" t="s">
+        <v>189</v>
+      </c>
+      <c r="F55" t="s">
+        <v>52</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>216</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>32</v>
+      </c>
+      <c r="D56" t="s">
+        <v>188</v>
+      </c>
+      <c r="E56" t="s">
+        <v>189</v>
+      </c>
+      <c r="F56" t="s">
         <v>217</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="G56" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>220</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>96</v>
+      </c>
+      <c r="D57" t="s">
+        <v>188</v>
+      </c>
+      <c r="E57" t="s">
+        <v>189</v>
+      </c>
+      <c r="F57" t="s">
+        <v>217</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="H57" t="s">
         <v>222</v>
-      </c>
-[...13 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>223</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>100</v>
+      </c>
+      <c r="D58" t="s">
+        <v>188</v>
+      </c>
+      <c r="E58" t="s">
+        <v>189</v>
+      </c>
+      <c r="F58" t="s">
+        <v>37</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H58" t="s">
         <v>225</v>
-      </c>
-[...19 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>231</v>
+        <v>104</v>
       </c>
       <c r="D59" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E59" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F59" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="H59" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>235</v>
+        <v>108</v>
       </c>
       <c r="D60" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E60" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F60" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="H60" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>239</v>
+        <v>112</v>
       </c>
       <c r="D61" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E61" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F61" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>240</v>
+        <v>233</v>
       </c>
       <c r="H61" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="D62" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E62" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F62" t="s">
-        <v>142</v>
+        <v>190</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="H62" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="D63" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E63" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F63" t="s">
-        <v>174</v>
+        <v>241</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="H63" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>31</v>
+        <v>245</v>
       </c>
       <c r="D64" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E64" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F64" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>47</v>
+        <v>246</v>
       </c>
       <c r="H64" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>254</v>
+        <v>133</v>
       </c>
       <c r="D65" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E65" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F65" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>255</v>
+        <v>67</v>
       </c>
       <c r="H65" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>258</v>
+        <v>56</v>
       </c>
       <c r="D66" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E66" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F66" t="s">
-        <v>118</v>
+        <v>249</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="H66" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>262</v>
+        <v>137</v>
       </c>
       <c r="D67" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E67" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F67" t="s">
-        <v>118</v>
+        <v>217</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="H67" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>266</v>
+        <v>141</v>
       </c>
       <c r="D68" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E68" t="s">
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="F68" t="s">
+        <v>217</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>47</v>
+        <v>258</v>
       </c>
       <c r="H68" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>269</v>
+        <v>145</v>
       </c>
       <c r="D69" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E69" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F69" t="s">
-        <v>251</v>
+        <v>52</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="H69" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>273</v>
+        <v>149</v>
       </c>
       <c r="D70" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E70" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F70" t="s">
-        <v>148</v>
+        <v>217</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="H70" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>277</v>
+        <v>153</v>
       </c>
       <c r="D71" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E71" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F71" t="s">
-        <v>148</v>
+        <v>217</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="H71" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="D72" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E72" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F72" t="s">
-        <v>142</v>
+        <v>190</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="H72" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="D73" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E73" t="s">
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="F73" t="s">
+        <v>249</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="H73" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="D74" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E74" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F74" t="s">
-        <v>183</v>
+        <v>249</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="H74" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="D75" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E75" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F75" t="s">
-        <v>183</v>
+        <v>249</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="H75" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="D76" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E76" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F76" t="s">
-        <v>155</v>
+        <v>287</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="H76" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="D77" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E77" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F77" t="s">
-        <v>118</v>
+        <v>249</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="H77" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="D78" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E78" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F78" t="s">
-        <v>118</v>
+        <v>249</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="H78" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="D79" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E79" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F79" t="s">
-        <v>183</v>
+        <v>168</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="H79" t="s">
-        <v>311</v>
+        <v>301</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>313</v>
+        <v>303</v>
       </c>
       <c r="D80" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E80" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F80" t="s">
-        <v>183</v>
+        <v>168</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="H80" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="D81" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E81" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F81" t="s">
-        <v>183</v>
+        <v>241</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="H81" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>321</v>
+        <v>31</v>
       </c>
       <c r="D82" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E82" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F82" t="s">
-        <v>142</v>
+        <v>311</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>322</v>
+        <v>67</v>
       </c>
       <c r="H82" t="s">
-        <v>323</v>
+        <v>312</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="D83" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E83" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F83" t="s">
-        <v>142</v>
+        <v>311</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="H83" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>328</v>
+        <v>317</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
       <c r="D84" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E84" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F84" t="s">
-        <v>37</v>
+        <v>190</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
       <c r="H84" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="D85" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E85" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F85" t="s">
-        <v>251</v>
+        <v>190</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>334</v>
+        <v>323</v>
       </c>
       <c r="H85" t="s">
-        <v>335</v>
+        <v>324</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>336</v>
+        <v>325</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
       <c r="D86" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E86" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>189</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>339</v>
+        <v>67</v>
       </c>
       <c r="H86" t="s">
-        <v>340</v>
+        <v>327</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>342</v>
+        <v>329</v>
       </c>
       <c r="D87" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E87" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F87" t="s">
-        <v>338</v>
+        <v>311</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>343</v>
+        <v>330</v>
       </c>
       <c r="H87" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>345</v>
+        <v>332</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>346</v>
+        <v>333</v>
       </c>
       <c r="D88" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E88" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F88" t="s">
-        <v>138</v>
+        <v>217</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>347</v>
+        <v>334</v>
       </c>
       <c r="H88" t="s">
-        <v>348</v>
+        <v>335</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="D89" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E89" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F89" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="H89" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>131</v>
+        <v>341</v>
       </c>
       <c r="D90" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E90" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F90" t="s">
-        <v>118</v>
+        <v>168</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>354</v>
+        <v>342</v>
       </c>
       <c r="H90" t="s">
-        <v>355</v>
+        <v>343</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>356</v>
+        <v>344</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>134</v>
+        <v>345</v>
       </c>
       <c r="D91" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E91" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>189</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>47</v>
+        <v>346</v>
       </c>
       <c r="H91" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>358</v>
+        <v>348</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>137</v>
+        <v>349</v>
       </c>
       <c r="D92" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E92" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F92" t="s">
-        <v>148</v>
+        <v>249</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>359</v>
+        <v>350</v>
       </c>
       <c r="H92" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>144</v>
+        <v>353</v>
       </c>
       <c r="D93" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E93" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F93" t="s">
-        <v>148</v>
+        <v>249</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="H93" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>147</v>
+        <v>357</v>
       </c>
       <c r="D94" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E94" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F94" t="s">
-        <v>227</v>
+        <v>37</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>47</v>
+        <v>358</v>
       </c>
       <c r="H94" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>151</v>
+        <v>361</v>
       </c>
       <c r="D95" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E95" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F95" t="s">
-        <v>227</v>
+        <v>190</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H95" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>161</v>
+        <v>365</v>
       </c>
       <c r="D96" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E96" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F96" t="s">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="H96" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>164</v>
+        <v>369</v>
       </c>
       <c r="D97" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E97" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F97" t="s">
-        <v>338</v>
+        <v>249</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="H97" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>372</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>373</v>
+      </c>
+      <c r="D98" t="s">
+        <v>188</v>
+      </c>
+      <c r="E98" t="s">
+        <v>189</v>
+      </c>
+      <c r="F98" t="s">
+        <v>249</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H98" t="s">
         <v>375</v>
-      </c>
-[...19 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>376</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>377</v>
+      </c>
+      <c r="D99" t="s">
+        <v>188</v>
+      </c>
+      <c r="E99" t="s">
+        <v>189</v>
+      </c>
+      <c r="F99" t="s">
+        <v>249</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B99" t="s">
-[...14 lines deleted...]
-      <c r="G99" s="1" t="s">
+      <c r="H99" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>380</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
         <v>381</v>
       </c>
-      <c r="B100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D100" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E100" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F100" t="s">
-        <v>118</v>
+        <v>168</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>382</v>
       </c>
       <c r="H100" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>384</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>15</v>
+        <v>385</v>
       </c>
       <c r="D101" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E101" t="s">
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="F101" t="s">
+        <v>168</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H101" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>8</v>
+        <v>389</v>
       </c>
       <c r="D102" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E102" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F102" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="H102" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>49</v>
+        <v>393</v>
       </c>
       <c r="D103" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E103" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F103" t="s">
-        <v>138</v>
+        <v>311</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="H103" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>52</v>
+        <v>397</v>
       </c>
       <c r="D104" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E104" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F104" t="s">
-        <v>138</v>
+        <v>398</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="H104" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>27</v>
+        <v>402</v>
       </c>
       <c r="D105" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E105" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F105" t="s">
-        <v>118</v>
+        <v>398</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="H105" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>62</v>
+        <v>406</v>
       </c>
       <c r="D106" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E106" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F106" t="s">
-        <v>174</v>
+        <v>52</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="H106" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>69</v>
+        <v>410</v>
       </c>
       <c r="D107" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E107" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F107" t="s">
-        <v>174</v>
+        <v>287</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="H107" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>73</v>
+        <v>202</v>
       </c>
       <c r="D108" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E108" t="s">
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="F108" t="s">
+        <v>190</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="H108" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>75</v>
+        <v>205</v>
       </c>
       <c r="D109" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E109" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F109" t="s">
-        <v>118</v>
+        <v>190</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>409</v>
+        <v>67</v>
       </c>
       <c r="H109" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>411</v>
+        <v>418</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>58</v>
+        <v>208</v>
       </c>
       <c r="D110" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E110" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F110" t="s">
-        <v>165</v>
+        <v>217</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="H110" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>55</v>
+        <v>213</v>
       </c>
       <c r="D111" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E111" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F111" t="s">
-        <v>165</v>
+        <v>217</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="H111" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>417</v>
+        <v>424</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>83</v>
+        <v>216</v>
       </c>
       <c r="D112" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E112" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F112" t="s">
-        <v>155</v>
+        <v>287</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>418</v>
+        <v>67</v>
       </c>
       <c r="H112" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>35</v>
+        <v>220</v>
       </c>
       <c r="D113" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E113" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F113" t="s">
-        <v>251</v>
+        <v>287</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="H113" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>141</v>
+        <v>229</v>
       </c>
       <c r="D114" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E114" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F114" t="s">
-        <v>183</v>
+        <v>241</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="H114" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>369</v>
+        <v>232</v>
       </c>
       <c r="D115" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E115" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F115" t="s">
-        <v>251</v>
+        <v>398</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="H115" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>366</v>
+        <v>156</v>
       </c>
       <c r="D116" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E116" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F116" t="s">
-        <v>165</v>
+        <v>398</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="H116" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>364</v>
+        <v>161</v>
       </c>
       <c r="D117" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E117" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F117" t="s">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="H117" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>361</v>
+        <v>23</v>
       </c>
       <c r="D118" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E118" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F118" t="s">
-        <v>148</v>
+        <v>190</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="H118" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>358</v>
+        <v>15</v>
       </c>
       <c r="D119" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E119" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="H119" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>356</v>
+        <v>8</v>
       </c>
       <c r="D120" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E120" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F120" t="s">
-        <v>227</v>
+        <v>42</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="H120" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>353</v>
+        <v>69</v>
       </c>
       <c r="D121" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E121" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F121" t="s">
-        <v>125</v>
+        <v>52</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="H121" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>168</v>
+        <v>72</v>
       </c>
       <c r="D122" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E122" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F122" t="s">
-        <v>125</v>
+        <v>52</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="H122" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>172</v>
+        <v>27</v>
       </c>
       <c r="D123" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E123" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F123" t="s">
-        <v>451</v>
+        <v>190</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="H123" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>177</v>
+        <v>82</v>
       </c>
       <c r="D124" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E124" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F124" t="s">
-        <v>451</v>
+        <v>241</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="H124" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>181</v>
+        <v>89</v>
       </c>
       <c r="D125" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E125" t="s">
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="F125" t="s">
+        <v>241</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>47</v>
+        <v>463</v>
       </c>
       <c r="H125" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>185</v>
+        <v>93</v>
       </c>
       <c r="D126" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E126" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>189</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="H126" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>189</v>
+        <v>95</v>
       </c>
       <c r="D127" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E127" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F127" t="s">
-        <v>227</v>
+        <v>190</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="H127" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>193</v>
+        <v>78</v>
       </c>
       <c r="D128" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E128" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F128" t="s">
-        <v>251</v>
+        <v>181</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="H128" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>197</v>
+        <v>75</v>
       </c>
       <c r="D129" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E129" t="s">
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="F129" t="s">
+        <v>181</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="H129" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>205</v>
+        <v>103</v>
       </c>
       <c r="D130" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E130" t="s">
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="F130" t="s">
+        <v>37</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="H130" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>209</v>
+        <v>40</v>
       </c>
       <c r="D131" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E131" t="s">
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="F131" t="s">
+        <v>311</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="H131" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D132" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E132" t="s">
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="F132" t="s">
+        <v>249</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="H132" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>217</v>
+        <v>429</v>
       </c>
       <c r="D133" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E133" t="s">
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="F133" t="s">
+        <v>311</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="H133" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>221</v>
+        <v>426</v>
       </c>
       <c r="D134" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E134" t="s">
-        <v>117</v>
+        <v>189</v>
+      </c>
+      <c r="F134" t="s">
+        <v>181</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="H134" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>225</v>
+        <v>424</v>
       </c>
       <c r="D135" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E135" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F135" t="s">
-        <v>142</v>
+        <v>241</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="H135" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>230</v>
+        <v>421</v>
       </c>
       <c r="D136" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E136" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F136" t="s">
-        <v>451</v>
+        <v>217</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="H136" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>234</v>
+        <v>418</v>
       </c>
       <c r="D137" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E137" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>189</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="H137" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>238</v>
+        <v>416</v>
       </c>
       <c r="D138" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E138" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F138" t="s">
-        <v>174</v>
+        <v>287</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="H138" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>242</v>
+        <v>413</v>
       </c>
       <c r="D139" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E139" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F139" t="s">
-        <v>227</v>
+        <v>47</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="H139" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="D140" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E140" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F140" t="s">
-        <v>125</v>
+        <v>47</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="H140" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="D141" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E141" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F141" t="s">
-        <v>125</v>
+        <v>511</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="H141" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="D142" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E142" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F142" t="s">
-        <v>183</v>
+        <v>511</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="H142" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="D143" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E143" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>511</v>
+        <v>67</v>
       </c>
       <c r="H143" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>201</v>
+        <v>251</v>
       </c>
       <c r="D144" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E144" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F144" t="s">
-        <v>451</v>
+        <v>47</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="H144" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>272</v>
+        <v>254</v>
       </c>
       <c r="D145" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E145" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F145" t="s">
-        <v>251</v>
+        <v>287</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="H145" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>276</v>
+        <v>257</v>
       </c>
       <c r="D146" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E146" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F146" t="s">
-        <v>251</v>
+        <v>311</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="H146" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D147" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E147" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>189</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="H147" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D148" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E148" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="F148" t="s">
+        <v>189</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="H148" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>534</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>269</v>
+      </c>
+      <c r="D149" t="s">
+        <v>188</v>
+      </c>
+      <c r="E149" t="s">
+        <v>189</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H149" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>537</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>273</v>
+      </c>
+      <c r="D150" t="s">
+        <v>188</v>
+      </c>
+      <c r="E150" t="s">
+        <v>189</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="H150" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>540</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>277</v>
+      </c>
+      <c r="D151" t="s">
+        <v>188</v>
+      </c>
+      <c r="E151" t="s">
+        <v>189</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H151" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>543</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>281</v>
+      </c>
+      <c r="D152" t="s">
+        <v>188</v>
+      </c>
+      <c r="E152" t="s">
+        <v>189</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H152" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>546</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>285</v>
+      </c>
+      <c r="D153" t="s">
+        <v>188</v>
+      </c>
+      <c r="E153" t="s">
+        <v>189</v>
+      </c>
+      <c r="F153" t="s">
+        <v>168</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H153" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>549</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>290</v>
+      </c>
+      <c r="D154" t="s">
+        <v>188</v>
+      </c>
+      <c r="E154" t="s">
+        <v>189</v>
+      </c>
+      <c r="F154" t="s">
+        <v>511</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="H154" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>552</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>294</v>
+      </c>
+      <c r="D155" t="s">
+        <v>188</v>
+      </c>
+      <c r="E155" t="s">
+        <v>189</v>
+      </c>
+      <c r="F155" t="s">
+        <v>190</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H155" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>555</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>298</v>
+      </c>
+      <c r="D156" t="s">
+        <v>188</v>
+      </c>
+      <c r="E156" t="s">
+        <v>189</v>
+      </c>
+      <c r="F156" t="s">
+        <v>241</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H156" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>558</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>302</v>
+      </c>
+      <c r="D157" t="s">
+        <v>188</v>
+      </c>
+      <c r="E157" t="s">
+        <v>189</v>
+      </c>
+      <c r="F157" t="s">
+        <v>287</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H157" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>561</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>306</v>
+      </c>
+      <c r="D158" t="s">
+        <v>188</v>
+      </c>
+      <c r="E158" t="s">
+        <v>189</v>
+      </c>
+      <c r="F158" t="s">
+        <v>47</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="H158" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>564</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>310</v>
+      </c>
+      <c r="D159" t="s">
+        <v>188</v>
+      </c>
+      <c r="E159" t="s">
+        <v>189</v>
+      </c>
+      <c r="F159" t="s">
+        <v>47</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H159" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>567</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>313</v>
+      </c>
+      <c r="D160" t="s">
+        <v>188</v>
+      </c>
+      <c r="E160" t="s">
+        <v>189</v>
+      </c>
+      <c r="F160" t="s">
+        <v>249</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H160" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>570</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>317</v>
+      </c>
+      <c r="D161" t="s">
+        <v>188</v>
+      </c>
+      <c r="E161" t="s">
+        <v>189</v>
+      </c>
+      <c r="F161" t="s">
+        <v>249</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H161" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>573</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>263</v>
+      </c>
+      <c r="D162" t="s">
+        <v>188</v>
+      </c>
+      <c r="E162" t="s">
+        <v>189</v>
+      </c>
+      <c r="F162" t="s">
+        <v>511</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="H162" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>576</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>332</v>
+      </c>
+      <c r="D163" t="s">
+        <v>188</v>
+      </c>
+      <c r="E163" t="s">
+        <v>189</v>
+      </c>
+      <c r="F163" t="s">
+        <v>311</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H163" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>579</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>336</v>
+      </c>
+      <c r="D164" t="s">
+        <v>188</v>
+      </c>
+      <c r="E164" t="s">
+        <v>189</v>
+      </c>
+      <c r="F164" t="s">
+        <v>311</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H164" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>582</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>321</v>
+      </c>
+      <c r="D165" t="s">
+        <v>188</v>
+      </c>
+      <c r="E165" t="s">
+        <v>189</v>
+      </c>
+      <c r="F165" t="s">
+        <v>42</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H165" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>585</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>325</v>
+      </c>
+      <c r="D166" t="s">
+        <v>188</v>
+      </c>
+      <c r="E166" t="s">
+        <v>189</v>
+      </c>
+      <c r="F166" t="s">
+        <v>42</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="H166" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>588</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>328</v>
+      </c>
+      <c r="D167" t="s">
+        <v>188</v>
+      </c>
+      <c r="E167" t="s">
+        <v>189</v>
+      </c>
+      <c r="F167" t="s">
+        <v>241</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H167" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>591</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>352</v>
+      </c>
+      <c r="D168" t="s">
+        <v>188</v>
+      </c>
+      <c r="E168" t="s">
+        <v>189</v>
+      </c>
+      <c r="F168" t="s">
+        <v>249</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H168" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>594</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>356</v>
+      </c>
+      <c r="D169" t="s">
+        <v>188</v>
+      </c>
+      <c r="E169" t="s">
+        <v>189</v>
+      </c>
+      <c r="F169" t="s">
+        <v>249</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H169" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>597</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>364</v>
+      </c>
+      <c r="D170" t="s">
+        <v>188</v>
+      </c>
+      <c r="E170" t="s">
+        <v>189</v>
+      </c>
+      <c r="F170" t="s">
+        <v>181</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H170" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>600</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>368</v>
+      </c>
+      <c r="D171" t="s">
+        <v>188</v>
+      </c>
+      <c r="E171" t="s">
+        <v>189</v>
+      </c>
+      <c r="F171" t="s">
+        <v>181</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H171" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>603</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>380</v>
+      </c>
+      <c r="D172" t="s">
+        <v>188</v>
+      </c>
+      <c r="E172" t="s">
+        <v>189</v>
+      </c>
+      <c r="F172" t="s">
+        <v>181</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H172" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>606</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>384</v>
+      </c>
+      <c r="D173" t="s">
+        <v>188</v>
+      </c>
+      <c r="E173" t="s">
+        <v>189</v>
+      </c>
+      <c r="F173" t="s">
+        <v>181</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H173" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>609</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>450</v>
+      </c>
+      <c r="D174" t="s">
+        <v>188</v>
+      </c>
+      <c r="E174" t="s">
+        <v>189</v>
+      </c>
+      <c r="F174" t="s">
+        <v>181</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="H174" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>612</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>613</v>
+      </c>
+      <c r="D175" t="s">
+        <v>188</v>
+      </c>
+      <c r="E175" t="s">
+        <v>189</v>
+      </c>
+      <c r="F175" t="s">
+        <v>168</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="H175" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>616</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>617</v>
+      </c>
+      <c r="D176" t="s">
+        <v>188</v>
+      </c>
+      <c r="E176" t="s">
+        <v>189</v>
+      </c>
+      <c r="F176" t="s">
+        <v>168</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="H176" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>620</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>621</v>
+      </c>
+      <c r="D177" t="s">
+        <v>188</v>
+      </c>
+      <c r="E177" t="s">
+        <v>189</v>
+      </c>
+      <c r="F177" t="s">
+        <v>52</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="H177" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>624</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>625</v>
+      </c>
+      <c r="D178" t="s">
+        <v>188</v>
+      </c>
+      <c r="E178" t="s">
+        <v>189</v>
+      </c>
+      <c r="F178" t="s">
+        <v>52</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="H178" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>628</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>629</v>
+      </c>
+      <c r="D179" t="s">
+        <v>188</v>
+      </c>
+      <c r="E179" t="s">
+        <v>189</v>
+      </c>
+      <c r="F179" t="s">
+        <v>249</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H179" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>632</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>633</v>
+      </c>
+      <c r="D180" t="s">
+        <v>188</v>
+      </c>
+      <c r="E180" t="s">
+        <v>189</v>
+      </c>
+      <c r="F180" t="s">
+        <v>168</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="H180" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>636</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>637</v>
+      </c>
+      <c r="D181" t="s">
+        <v>188</v>
+      </c>
+      <c r="E181" t="s">
+        <v>189</v>
+      </c>
+      <c r="F181" t="s">
+        <v>168</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="H181" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>640</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>641</v>
+      </c>
+      <c r="D182" t="s">
+        <v>188</v>
+      </c>
+      <c r="E182" t="s">
+        <v>189</v>
+      </c>
+      <c r="F182" t="s">
+        <v>311</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H182" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>644</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>645</v>
+      </c>
+      <c r="D183" t="s">
+        <v>188</v>
+      </c>
+      <c r="E183" t="s">
+        <v>189</v>
+      </c>
+      <c r="F183" t="s">
+        <v>311</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="H183" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>648</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>649</v>
+      </c>
+      <c r="D184" t="s">
+        <v>188</v>
+      </c>
+      <c r="E184" t="s">
+        <v>189</v>
+      </c>
+      <c r="F184" t="s">
+        <v>190</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="H184" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>652</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>653</v>
+      </c>
+      <c r="D185" t="s">
+        <v>188</v>
+      </c>
+      <c r="E185" t="s">
+        <v>189</v>
+      </c>
+      <c r="F185" t="s">
+        <v>190</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="H185" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>656</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>657</v>
+      </c>
+      <c r="D186" t="s">
+        <v>188</v>
+      </c>
+      <c r="E186" t="s">
+        <v>189</v>
+      </c>
+      <c r="F186" t="s">
+        <v>47</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="H186" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>660</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>661</v>
+      </c>
+      <c r="D187" t="s">
+        <v>188</v>
+      </c>
+      <c r="E187" t="s">
+        <v>189</v>
+      </c>
+      <c r="F187" t="s">
+        <v>47</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="H187" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>664</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>665</v>
+      </c>
+      <c r="D188" t="s">
+        <v>188</v>
+      </c>
+      <c r="E188" t="s">
+        <v>189</v>
+      </c>
+      <c r="F188" t="s">
+        <v>249</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="H188" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>668</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>669</v>
+      </c>
+      <c r="D189" t="s">
+        <v>188</v>
+      </c>
+      <c r="E189" t="s">
+        <v>189</v>
+      </c>
+      <c r="F189" t="s">
+        <v>42</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="H189" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>672</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>673</v>
+      </c>
+      <c r="D190" t="s">
+        <v>188</v>
+      </c>
+      <c r="E190" t="s">
+        <v>189</v>
+      </c>
+      <c r="F190" t="s">
+        <v>181</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="H190" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>676</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>677</v>
+      </c>
+      <c r="D191" t="s">
+        <v>188</v>
+      </c>
+      <c r="E191" t="s">
+        <v>189</v>
+      </c>
+      <c r="F191" t="s">
+        <v>249</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="H191" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>680</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>681</v>
+      </c>
+      <c r="D192" t="s">
+        <v>188</v>
+      </c>
+      <c r="E192" t="s">
+        <v>189</v>
+      </c>
+      <c r="F192" t="s">
+        <v>168</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H192" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>684</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>685</v>
+      </c>
+      <c r="D193" t="s">
+        <v>188</v>
+      </c>
+      <c r="E193" t="s">
+        <v>189</v>
+      </c>
+      <c r="F193" t="s">
+        <v>190</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="H193" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>688</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>689</v>
+      </c>
+      <c r="D194" t="s">
+        <v>188</v>
+      </c>
+      <c r="E194" t="s">
+        <v>189</v>
+      </c>
+      <c r="F194" t="s">
+        <v>311</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H194" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>692</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>693</v>
+      </c>
+      <c r="D195" t="s">
+        <v>188</v>
+      </c>
+      <c r="E195" t="s">
+        <v>189</v>
+      </c>
+      <c r="F195" t="s">
+        <v>311</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="H195" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>696</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>697</v>
+      </c>
+      <c r="D196" t="s">
+        <v>188</v>
+      </c>
+      <c r="E196" t="s">
+        <v>189</v>
+      </c>
+      <c r="F196" t="s">
+        <v>181</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="H196" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>700</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>701</v>
+      </c>
+      <c r="D197" t="s">
+        <v>188</v>
+      </c>
+      <c r="E197" t="s">
+        <v>189</v>
+      </c>
+      <c r="F197" t="s">
         <v>37</v>
       </c>
-      <c r="G148" s="1" t="s">
-[...3 lines deleted...]
-        <v>527</v>
+      <c r="G197" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H197" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>704</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>705</v>
+      </c>
+      <c r="D198" t="s">
+        <v>188</v>
+      </c>
+      <c r="E198" t="s">
+        <v>189</v>
+      </c>
+      <c r="F198" t="s">
+        <v>37</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="H198" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>708</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>709</v>
+      </c>
+      <c r="D199" t="s">
+        <v>188</v>
+      </c>
+      <c r="E199" t="s">
+        <v>189</v>
+      </c>
+      <c r="F199" t="s">
+        <v>181</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="H199" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>712</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>713</v>
+      </c>
+      <c r="D200" t="s">
+        <v>188</v>
+      </c>
+      <c r="E200" t="s">
+        <v>189</v>
+      </c>
+      <c r="F200" t="s">
+        <v>287</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="H200" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>716</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>717</v>
+      </c>
+      <c r="D201" t="s">
+        <v>188</v>
+      </c>
+      <c r="E201" t="s">
+        <v>189</v>
+      </c>
+      <c r="F201" t="s">
+        <v>287</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H201" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>720</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>721</v>
+      </c>
+      <c r="D202" t="s">
+        <v>188</v>
+      </c>
+      <c r="E202" t="s">
+        <v>189</v>
+      </c>
+      <c r="F202" t="s">
+        <v>42</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="H202" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>724</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>725</v>
+      </c>
+      <c r="D203" t="s">
+        <v>188</v>
+      </c>
+      <c r="E203" t="s">
+        <v>189</v>
+      </c>
+      <c r="F203" t="s">
+        <v>42</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="H203" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>728</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>729</v>
+      </c>
+      <c r="D204" t="s">
+        <v>188</v>
+      </c>
+      <c r="E204" t="s">
+        <v>189</v>
+      </c>
+      <c r="F204" t="s">
+        <v>249</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="H204" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>732</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>733</v>
+      </c>
+      <c r="D205" t="s">
+        <v>188</v>
+      </c>
+      <c r="E205" t="s">
+        <v>189</v>
+      </c>
+      <c r="F205" t="s">
+        <v>241</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="H205" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>736</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>737</v>
+      </c>
+      <c r="D206" t="s">
+        <v>188</v>
+      </c>
+      <c r="E206" t="s">
+        <v>189</v>
+      </c>
+      <c r="F206" t="s">
+        <v>241</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="H206" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>740</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>10</v>
+      </c>
+      <c r="D207" t="s">
+        <v>741</v>
+      </c>
+      <c r="E207" t="s">
+        <v>742</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H207" t="s">
+        <v>744</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5854,50 +8043,109 @@
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>